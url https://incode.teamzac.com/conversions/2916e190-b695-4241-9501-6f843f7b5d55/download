--- v0 (2025-12-20)
+++ v1 (2026-02-28)
@@ -35,51 +35,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="549">
   <si>
     <t>date</t>
   </si>
   <si>
     <t>account</t>
   </si>
   <si>
     <t>name</t>
   </si>
   <si>
     <t>mtd-debit</t>
   </si>
   <si>
     <t>mtd-credit</t>
   </si>
   <si>
     <t>ytd-debit</t>
   </si>
   <si>
     <t>ytd-credit</t>
   </si>
   <si>
-    <t>2025-12-20</t>
+    <t>2026-02-28</t>
   </si>
   <si>
     <t>11-19-2019</t>
   </si>
   <si>
     <t>100-4-01420-31-1100</t>
   </si>
   <si>
     <t>LOCAL SALES &amp; USE TAX</t>
   </si>
   <si>
     <t>100-4-01420-31-1120</t>
   </si>
   <si>
     <t>MIXED BEVERAGES TAX</t>
   </si>
   <si>
     <t>100-4-01420-31-2000</t>
   </si>
   <si>
     <t>PAYMENT IN LIEU OF TAXES</t>
   </si>
   <si>
     <t>100-4-01420-31-2100</t>
   </si>